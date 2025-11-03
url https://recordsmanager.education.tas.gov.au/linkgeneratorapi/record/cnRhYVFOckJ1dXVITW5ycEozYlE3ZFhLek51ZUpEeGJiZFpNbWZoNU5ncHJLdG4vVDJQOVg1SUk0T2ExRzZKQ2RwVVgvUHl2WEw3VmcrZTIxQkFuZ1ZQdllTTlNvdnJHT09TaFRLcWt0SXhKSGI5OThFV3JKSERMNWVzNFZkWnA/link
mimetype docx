--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -14,73 +14,72 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="001947" w:themeColor="accent6"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="1716622775"/>
         <w:placeholder>
           <w:docPart w:val="5817B101C27B439AAC7839250D38C43D"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="12A6AE66" w14:textId="28664304" w:rsidR="009D6E8A" w:rsidRPr="00640F70" w:rsidRDefault="00640F70" w:rsidP="00C13D8F">
           <w:pPr>
             <w:pStyle w:val="Title"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs/>
               <w:color w:val="001947" w:themeColor="accent6"/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00640F70">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs/>
               <w:color w:val="001947" w:themeColor="accent6"/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:t>Education Facility Attendant</w:t>
@@ -211,51 +210,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1794978893"/>
             <w:placeholder>
               <w:docPart w:val="9C7D315960114720BC0387B95AABB7EF"/>
             </w:placeholder>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Business Operations and Support" w:value="Business Operations and Support"/>
               <w:listItem w:displayText="Keeping Children Safe" w:value="Keeping Children Safe"/>
               <w:listItem w:displayText="Services for Youth Justice" w:value="Services for Youth Justice"/>
               <w:listItem w:displayText="Schools and Early Years" w:value="Schools and Early Years"/>
               <w:listItem w:displayText="Development and Support" w:value="Development and Support"/>
               <w:listItem w:displayText="Continuous Improvement and Evaluation" w:value="Continuous Improvement and Evaluation"/>
               <w:listItem w:displayText="Education Regulation" w:value="Education Regulation"/>
               <w:listItem w:displayText="Ministerial and Executive Services" w:value="Ministerial and Executive Services"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6540" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="635A5122" w14:textId="34B9DAB7" w:rsidR="00D2771F" w:rsidRPr="00640F70" w:rsidRDefault="00640F70" w:rsidP="00D2771F">
                 <w:pPr>
                   <w:pStyle w:val="TableBodyText"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Schools and Early Years</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -412,51 +410,50 @@
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="1431852964"/>
               <w:placeholder>
                 <w:docPart w:val="9C7D315960114720BC0387B95AABB7EF"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:value="Select Award"/>
                 <w:listItem w:displayText="Allied Health Professionals Public Sector Union Wages Agreement" w:value="Allied Health Professionals Public Sector Union Wages Agreement"/>
                 <w:listItem w:displayText="Facility Attendants (Tasmanian State Service Award)" w:value="Facility Attendants (Tasmanian State Service Award)"/>
                 <w:listItem w:displayText="Health and Human Services (Tasmanian State Service) Award" w:value="Health and Human Services (Tasmanian State Service) Award"/>
                 <w:listItem w:displayText="Nurses and Midwives (Tasmanian State Service) Award" w:value="Nurses and Midwives (Tasmanian State Service) Award"/>
                 <w:listItem w:displayText="Principals Agreement 2023, Teaching Service (Tasmanian Public Sector) Award" w:value="Principals Agreement 2023, Teaching Service (Tasmanian Public Sector) Award"/>
                 <w:listItem w:displayText="Tasmanian State Service Award" w:value="Tasmanian State Service Award"/>
                 <w:listItem w:displayText="Teaching Service (Tasmanian Public Sector)" w:value="Teaching Service (Tasmanian Public Sector)"/>
                 <w:listItem w:displayText="Tasmanian Assessment, Standards and Certification (Fees) Regulations 2023 (TASC Regulations)" w:value="Tasmanian Assessment, Standards and Certification (Fees) Regulations 2023 (TASC Regulations)"/>
               </w:dropDownList>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="72F15704" w14:textId="18BD6D73" w:rsidR="00D2771F" w:rsidRPr="00640F70" w:rsidRDefault="00640F70" w:rsidP="00D2771F">
                 <w:pPr>
                   <w:pStyle w:val="TableBodyText"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Facility Attendants (Tasmanian State Service Award)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2771F" w14:paraId="2D399BBE" w14:textId="77777777" w:rsidTr="00D2771F">
         <w:trPr>
@@ -499,89 +496,84 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C4F86" w14:paraId="049859CE" w14:textId="77777777" w:rsidTr="00D2771F">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16188910" w14:textId="77777777" w:rsidR="009D6E8A" w:rsidRPr="00640F70" w:rsidRDefault="009D6E8A" w:rsidP="00C13D8F">
             <w:pPr>
               <w:pStyle w:val="TableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="00640F70">
               <w:t>Employment Conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5E83E295" w14:textId="0AE72AC0" w:rsidR="009D6E8A" w:rsidRPr="00640F70" w:rsidRDefault="00933F61" w:rsidP="00BF7FC7">
+          <w:p w14:paraId="5E83E295" w14:textId="0AE72AC0" w:rsidR="009D6E8A" w:rsidRPr="00640F70" w:rsidRDefault="00000000" w:rsidP="00BF7FC7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="86980238"/>
                 <w:placeholder>
                   <w:docPart w:val="3267323712144A12A67853ECD90B4DC1"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Choose an Item" w:value="Choose an Item"/>
                   <w:listItem w:displayText="Casual" w:value="Casual"/>
                   <w:listItem w:displayText="Fixed-term/Casual, Full-time/Part-time/Casual" w:value="Fixed-term/Casual, Full-time/Part-time/Casual"/>
                   <w:listItem w:displayText="Fixed-term, Full-time" w:value="Fixed-term, Full-time"/>
                   <w:listItem w:displayText="Fixed-term, Full-time/Part-time" w:value="Fixed-term, Full-time/Part-time"/>
                   <w:listItem w:displayText="Fixed-term, Part-time" w:value="Fixed-term, Part-time"/>
                   <w:listItem w:displayText="Permanent/Casual, Full-time/Part-time/Casual" w:value="Permanent/Casual, Full-time/Part-time/Casual"/>
                   <w:listItem w:displayText="Permanent/Fixed-term/Casual, Full-time/Part-time/Casual" w:value="Permanent/Fixed-term/Casual, Full-time/Part-time/Casual"/>
                   <w:listItem w:displayText="Permanent/Fixed-term, Full-time/Part-time" w:value="Permanent/Fixed-term, Full-time/Part-time"/>
                   <w:listItem w:displayText="Permanent, Full-time" w:value="Permanent, Full-time"/>
                   <w:listItem w:displayText="Permanent, Full-time/Part-time" w:value="Permanent, Full-time/Part-time"/>
                   <w:listItem w:displayText="Permanent, Part-time" w:value="Permanent, Part-time"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00640F70">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Permanent/Fixed-term, Full-time/Part-time</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00640F70">
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00640F70" w:rsidRPr="002C7A96">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -592,81 +584,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2771F" w14:paraId="67BAF3B3" w14:textId="77777777" w:rsidTr="00D2771F">
         <w:trPr>
           <w:trHeight w:val="362"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63B9E7FC" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00640F70" w:rsidRDefault="00D2771F" w:rsidP="00D2771F">
             <w:pPr>
               <w:pStyle w:val="TableBodyText"/>
             </w:pPr>
             <w:r w:rsidRPr="00640F70">
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6E059891" w14:textId="31D4E3C7" w:rsidR="00D2771F" w:rsidRPr="00640F70" w:rsidRDefault="00933F61" w:rsidP="00D2771F">
+          <w:p w14:paraId="6E059891" w14:textId="31D4E3C7" w:rsidR="00D2771F" w:rsidRPr="00640F70" w:rsidRDefault="00000000" w:rsidP="00D2771F">
             <w:pPr>
               <w:pStyle w:val="TableBodyText"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-787747809"/>
                 <w:placeholder>
                   <w:docPart w:val="501E220094F246BE9D483C67AB107EFE"/>
                 </w:placeholder>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="South" w:value="South"/>
                   <w:listItem w:displayText="North" w:value="North"/>
                   <w:listItem w:displayText="North-West" w:value="North-West"/>
                   <w:listItem w:displayText="Statewide" w:value="Statewide"/>
                   <w:listItem w:displayText="South, North" w:value="South, North"/>
                   <w:listItem w:displayText="North, North-West" w:value="North, North-West"/>
                   <w:listItem w:displayText="South, North-West" w:value="South, North-West"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00640F70">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Statewide</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008C241C" w:rsidRPr="00640F70">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4133195D" w14:textId="77777777" w:rsidR="009D6E8A" w:rsidRPr="00190B67" w:rsidRDefault="009D6E8A" w:rsidP="00697DE2">
       <w:pPr>
@@ -2436,52 +2427,52 @@
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="454"/>
                 <w:tab w:val="clear" w:pos="680"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="429" w:hanging="567"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00401AE4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nil</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="766D73A6" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00B732A4" w:rsidRDefault="00D2771F" w:rsidP="00697DE2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimHei"/>
           <w:color w:val="011947"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190B67">
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
         <w:t xml:space="preserve">Working within the Department </w:t>
       </w:r>
       <w:r w:rsidRPr="00611319">
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="00190B67">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -3170,223 +3161,225 @@
       </w:tr>
       <w:bookmarkEnd w:id="4"/>
     </w:tbl>
     <w:p w14:paraId="47E563FB" w14:textId="77777777" w:rsidR="00BF7FC7" w:rsidRPr="00BF7FC7" w:rsidRDefault="00BF7FC7" w:rsidP="00BF7FC7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3826"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BF7FC7" w:rsidRPr="00BF7FC7" w:rsidSect="00A26A93">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01CC8538" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70" w:rsidP="0021185D">
+    <w:p w14:paraId="560E9480" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E1F6706" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70"/>
+    <w:p w14:paraId="0863E36C" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24F50D63" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70" w:rsidP="0021185D">
+    <w:p w14:paraId="6EAC9E81" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680F4B21" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70"/>
+    <w:p w14:paraId="6F49AFD3" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Segoe UI Light"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT Std Light">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0302020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D141FEB" w14:textId="77777777" w:rsidR="00A26A93" w:rsidRPr="0021185D" w:rsidRDefault="00A26A93" w:rsidP="0058395F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="0021185D">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="001947" w:themeColor="text2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>DECYP</w:t>
     </w:r>
     <w:r w:rsidRPr="0021185D">
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="0021185D">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0021185D">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="0021185D">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="0021185D">
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="0021185D">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="58192754" w14:textId="77777777" w:rsidR="009D0306" w:rsidRDefault="009D0306"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1214060B" w14:textId="77777777" w:rsidR="00A26A93" w:rsidRPr="007A6C0F" w:rsidRDefault="00C200D1" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="DECYPDepartmentname"/>
       <w:spacing w:before="1080"/>
       <w:ind w:left="-426"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668479" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7181ABAC" wp14:editId="16A3DF05">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5564428</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9483725</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="910800" cy="846000"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
@@ -3452,78 +3445,78 @@
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Department for Education, </w:t>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:br/>
       <w:t>Children and Young People</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="354EFA0A" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70" w:rsidP="0021185D">
+    <w:p w14:paraId="4A7DF029" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31DB1418" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70"/>
+    <w:p w14:paraId="5C7333FA" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3077F5FE" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70" w:rsidP="0021185D">
+    <w:p w14:paraId="2749FED5" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0524DDB4" w14:textId="77777777" w:rsidR="00640F70" w:rsidRDefault="00640F70"/>
+    <w:p w14:paraId="5CC1F377" w14:textId="77777777" w:rsidR="008051E3" w:rsidRDefault="008051E3"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="106BC4C5" w14:textId="77777777" w:rsidR="00F52F3C" w:rsidRDefault="00F52F3C" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="IntroParagraph"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="72B50360" wp14:editId="254F627A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-719455</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>4445</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="2044800"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="507675882" name="Picture 1">
@@ -3581,51 +3574,51 @@
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="11686733" w14:textId="77777777" w:rsidR="00A26A93" w:rsidRDefault="00A26A93" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="IntroParagraph"/>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="012400D5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA3C0B58"/>
     <w:numStyleLink w:val="0DECYPBulletList"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06157DBD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="54D876F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8029,52 +8022,52 @@
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1579637143">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="904801082">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="412243985">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1594509034">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1256594509">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1895005375">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -8088,50 +8081,51 @@
     <w:rsid w:val="00083EED"/>
     <w:rsid w:val="000A6D2A"/>
     <w:rsid w:val="000B12D1"/>
     <w:rsid w:val="000E161A"/>
     <w:rsid w:val="000F44F6"/>
     <w:rsid w:val="00117D4C"/>
     <w:rsid w:val="001305A1"/>
     <w:rsid w:val="00133A95"/>
     <w:rsid w:val="001543EA"/>
     <w:rsid w:val="0016296A"/>
     <w:rsid w:val="00163800"/>
     <w:rsid w:val="00167EA1"/>
     <w:rsid w:val="0017164A"/>
     <w:rsid w:val="001733FD"/>
     <w:rsid w:val="0019596D"/>
     <w:rsid w:val="001A3B3F"/>
     <w:rsid w:val="001A4CB2"/>
     <w:rsid w:val="001E7F11"/>
     <w:rsid w:val="00200C4A"/>
     <w:rsid w:val="0021185D"/>
     <w:rsid w:val="00216D6E"/>
     <w:rsid w:val="002229B6"/>
     <w:rsid w:val="002550C7"/>
     <w:rsid w:val="00256B79"/>
     <w:rsid w:val="00264614"/>
+    <w:rsid w:val="002A18E5"/>
     <w:rsid w:val="002A609F"/>
     <w:rsid w:val="002C1C14"/>
     <w:rsid w:val="002C2248"/>
     <w:rsid w:val="002C5E53"/>
     <w:rsid w:val="002F74C8"/>
     <w:rsid w:val="0030202C"/>
     <w:rsid w:val="00302D72"/>
     <w:rsid w:val="00314A9E"/>
     <w:rsid w:val="00315A37"/>
     <w:rsid w:val="00335740"/>
     <w:rsid w:val="00350EB8"/>
     <w:rsid w:val="00356782"/>
     <w:rsid w:val="00394B1B"/>
     <w:rsid w:val="00395538"/>
     <w:rsid w:val="003A66C0"/>
     <w:rsid w:val="003B0D93"/>
     <w:rsid w:val="003B4B23"/>
     <w:rsid w:val="003D675E"/>
     <w:rsid w:val="0040727E"/>
     <w:rsid w:val="0042558A"/>
     <w:rsid w:val="0042594C"/>
     <w:rsid w:val="00430343"/>
     <w:rsid w:val="004561FC"/>
     <w:rsid w:val="004609BB"/>
     <w:rsid w:val="004C277B"/>
@@ -8153,95 +8147,97 @@
     <w:rsid w:val="005E5F72"/>
     <w:rsid w:val="00611319"/>
     <w:rsid w:val="00611AD3"/>
     <w:rsid w:val="00640F70"/>
     <w:rsid w:val="006458C0"/>
     <w:rsid w:val="00680938"/>
     <w:rsid w:val="00684AE2"/>
     <w:rsid w:val="00697DE2"/>
     <w:rsid w:val="006C2F21"/>
     <w:rsid w:val="006D4872"/>
     <w:rsid w:val="006D7008"/>
     <w:rsid w:val="006D7169"/>
     <w:rsid w:val="006E7034"/>
     <w:rsid w:val="007260EA"/>
     <w:rsid w:val="0073162E"/>
     <w:rsid w:val="0074012F"/>
     <w:rsid w:val="0074212D"/>
     <w:rsid w:val="00772F50"/>
     <w:rsid w:val="00792193"/>
     <w:rsid w:val="007A6C0F"/>
     <w:rsid w:val="007B624D"/>
     <w:rsid w:val="007B689E"/>
     <w:rsid w:val="007B7B9D"/>
     <w:rsid w:val="007C64D9"/>
     <w:rsid w:val="007D126B"/>
+    <w:rsid w:val="008051E3"/>
     <w:rsid w:val="0082660F"/>
     <w:rsid w:val="00853810"/>
     <w:rsid w:val="0086173D"/>
     <w:rsid w:val="00867075"/>
     <w:rsid w:val="008A4A15"/>
     <w:rsid w:val="008C241C"/>
     <w:rsid w:val="008E08BD"/>
     <w:rsid w:val="008E4295"/>
     <w:rsid w:val="008E504D"/>
     <w:rsid w:val="009135F2"/>
     <w:rsid w:val="00933F61"/>
     <w:rsid w:val="00935713"/>
     <w:rsid w:val="00935E94"/>
     <w:rsid w:val="0094746F"/>
     <w:rsid w:val="009514D5"/>
     <w:rsid w:val="00963D71"/>
     <w:rsid w:val="00980A86"/>
     <w:rsid w:val="00980B47"/>
     <w:rsid w:val="009A7920"/>
     <w:rsid w:val="009B3B5A"/>
     <w:rsid w:val="009B48A8"/>
     <w:rsid w:val="009C08F6"/>
     <w:rsid w:val="009D0306"/>
     <w:rsid w:val="009D6E8A"/>
     <w:rsid w:val="009D77A5"/>
     <w:rsid w:val="009F275A"/>
     <w:rsid w:val="009F56AC"/>
     <w:rsid w:val="00A233DC"/>
     <w:rsid w:val="00A26A93"/>
     <w:rsid w:val="00A31064"/>
     <w:rsid w:val="00A67A6E"/>
     <w:rsid w:val="00A81B75"/>
     <w:rsid w:val="00A85286"/>
     <w:rsid w:val="00AC1750"/>
     <w:rsid w:val="00AD47C0"/>
     <w:rsid w:val="00AE04F2"/>
     <w:rsid w:val="00AE1B13"/>
     <w:rsid w:val="00AE2074"/>
     <w:rsid w:val="00B02B5C"/>
     <w:rsid w:val="00B070F8"/>
     <w:rsid w:val="00B2387C"/>
     <w:rsid w:val="00B26E57"/>
     <w:rsid w:val="00B35976"/>
     <w:rsid w:val="00B419A8"/>
     <w:rsid w:val="00B5117E"/>
+    <w:rsid w:val="00B54EC0"/>
     <w:rsid w:val="00B620D5"/>
     <w:rsid w:val="00B66506"/>
     <w:rsid w:val="00B66AB7"/>
     <w:rsid w:val="00B741A8"/>
     <w:rsid w:val="00B7509B"/>
     <w:rsid w:val="00B93ADF"/>
     <w:rsid w:val="00B9468D"/>
     <w:rsid w:val="00BA3C7A"/>
     <w:rsid w:val="00BD076D"/>
     <w:rsid w:val="00BD2AAD"/>
     <w:rsid w:val="00BE1A22"/>
     <w:rsid w:val="00BF7FC7"/>
     <w:rsid w:val="00C13D8F"/>
     <w:rsid w:val="00C200D1"/>
     <w:rsid w:val="00C247A8"/>
     <w:rsid w:val="00C35A22"/>
     <w:rsid w:val="00C41DB7"/>
     <w:rsid w:val="00C42925"/>
     <w:rsid w:val="00C44AA7"/>
     <w:rsid w:val="00C4706C"/>
     <w:rsid w:val="00C5488F"/>
     <w:rsid w:val="00C673DA"/>
     <w:rsid w:val="00C74145"/>
     <w:rsid w:val="00C8261F"/>
     <w:rsid w:val="00C8792B"/>
@@ -8299,51 +8295,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="19E729C7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9CACA876-BBC7-4099-807B-AB977DCA008E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10860,93 +10856,93 @@
     <w:link w:val="Coverimage"/>
     <w:uiPriority w:val="98"/>
     <w:rsid w:val="00D2771F"/>
     <w:rPr>
       <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Gill Sans MT Std Light" w:hAnsi="Gill Sans MT" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:spacing w:val="-2"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0042594C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2037342109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.tas.gov.au/documentcentre/Documents/Conditions-of-Use-Policy-for-All-Users-of-Information-and-Communication-Technology.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpac.tas.gov.au/divisions/ssmo" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\chloe.baker\OneDrive%20-%20Department%20for%20Education,%20Children%20and%20Young%20People\Desktop\CHLOE\SOD's\Statements%20of%20Duties%20Template%202024%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5817B101C27B439AAC7839250D38C43D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DDB971E1-EE7B-4E87-B5CB-5F2E45A7F801}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00871326" w:rsidRDefault="00871326">
           <w:pPr>
             <w:pStyle w:val="5817B101C27B439AAC7839250D38C43D"/>
           </w:pPr>
           <w:r w:rsidRPr="00370966">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -11037,206 +11033,210 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{109E973A-73A7-4116-9412-B64BD20DA4DE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00871326" w:rsidRDefault="00871326">
           <w:pPr>
             <w:pStyle w:val="501E220094F246BE9D483C67AB107EFE"/>
           </w:pPr>
           <w:r w:rsidRPr="00A11DEF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Segoe UI Light"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT Std Light">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0302020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00871326"/>
+    <w:rsid w:val="002A18E5"/>
     <w:rsid w:val="00871326"/>
+    <w:rsid w:val="00C00CD7"/>
     <w:rsid w:val="00D07ED2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11644,51 +11644,51 @@
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5817B101C27B439AAC7839250D38C43D">
     <w:name w:val="5817B101C27B439AAC7839250D38C43D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C7D315960114720BC0387B95AABB7EF">
     <w:name w:val="9C7D315960114720BC0387B95AABB7EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3267323712144A12A67853ECD90B4DC1">
     <w:name w:val="3267323712144A12A67853ECD90B4DC1"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="501E220094F246BE9D483C67AB107EFE">
     <w:name w:val="501E220094F246BE9D483C67AB107EFE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="DECYP 2023">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="001947"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FAF8F1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="763AC7"/>
       </a:accent1>
       <a:accent2>
@@ -11928,59 +11928,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006C361CD88EE4CD41967925F67FABBAE9" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1ec48e04c4e74a8da030a35dfb2ba50b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2d64ee2f-da05-46fd-962f-fa029d0171cb" xmlns:ns3="f480d145-b21c-419a-8200-9f635e7e585b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="51fe72a240fa216688dca1b59eb9e976" ns2:_="" ns3:_="">
     <xsd:import namespace="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
     <xsd:import namespace="f480d145-b21c-419a-8200-9f635e7e585b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -12159,150 +12150,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2d64ee2f-da05-46fd-962f-fa029d0171cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f480d145-b21c-419a-8200-9f635e7e585b">
       <Value>83</Value>
       <Value>4977</Value>
       <Value>28</Value>
       <Value>7</Value>
       <Value>4</Value>
       <Value>3</Value>
       <Value>69</Value>
     </TaxCatchAll>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57772CBF-223C-4949-9DFF-89402CD8698D}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB4370AD-B99D-411F-BE86-58036580EF86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
     <ds:schemaRef ds:uri="f480d145-b21c-419a-8200-9f635e7e585b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57772CBF-223C-4949-9DFF-89402CD8698D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1E74273-09C4-7B4E-9D65-F6E4262256F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD0555F-144B-4D7D-9A4E-EABAE03767DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
     <ds:schemaRef ds:uri="f480d145-b21c-419a-8200-9f635e7e585b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Statements of Duties Template 2024 (1)</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1515</Words>
-  <Characters>8670</Characters>
+  <Words>1504</Words>
+  <Characters>8681</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>109</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>177</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Position Title</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Tasmanian Government - Department for Education, Children and Young People</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10076</CharactersWithSpaces>
+  <CharactersWithSpaces>10072</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Education Facility Attendant</dc:title>
   <dc:subject/>
   <dc:creator>Baker, Chloe</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>