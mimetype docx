--- v0 (2025-10-26)
+++ v1 (2026-03-09)
@@ -605,51 +605,71 @@
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Permanent/Fixed-term, Full-time/Part-time</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CCE1E03" w14:textId="263107EC" w:rsidR="009D6E8A" w:rsidRPr="00C71C64" w:rsidRDefault="00C71C64" w:rsidP="00C71C64">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71C64">
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Up to 73.5 hours per fortnight, 52 weeks per year including 4 weeks annual leave. The occupant may be rostered for Saturday and evening shifts and Award arrangements will apply.</w:t>
+              <w:t xml:space="preserve">Up to 73.5 hours per fortnight, 52 weeks per year including 4 weeks annual leave. The occupant may be rostered for Saturday and evening </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C71C64">
+              <w:rPr>
+                <w:rStyle w:val="PlaceholderText"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>shifts</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C71C64">
+              <w:rPr>
+                <w:rStyle w:val="PlaceholderText"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Award arrangements will apply.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2771F" w14:paraId="3F9DEA13" w14:textId="77777777" w:rsidTr="00D2771F">
         <w:trPr>
           <w:trHeight w:val="362"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="774543CE" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00D603EF" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
             <w:pPr>
               <w:pStyle w:val="TableBodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D603EF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -719,51 +739,69 @@
     </w:tbl>
     <w:p w14:paraId="18D5648F" w14:textId="77777777" w:rsidR="009D6E8A" w:rsidRPr="00190B67" w:rsidRDefault="009D6E8A" w:rsidP="001C1052">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00190B67">
         <w:t>Primary Purpose</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7F9053" w14:textId="00815D2A" w:rsidR="00D2771F" w:rsidRPr="009C7136" w:rsidRDefault="009C7136" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C7136">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>To support the delivery of a quality, contemporary library service to meet a range of diverse and complex information and recreational needs to an agreed service standard, including developing and implementing particular aspects of Libraries Tasmania services and programs as required. Build and maintain effective relationships within the community, which promote inclusion and lifelong learning.</w:t>
+        <w:t xml:space="preserve">To support the delivery of a quality, contemporary library service to meet a range of diverse and complex information and recreational needs to an agreed service standard, including developing and implementing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009C7136">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>particular aspects</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009C7136">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Libraries Tasmania services and programs as required. Build and maintain effective relationships within the community, which promote inclusion and lifelong learning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D099D8" w14:textId="77777777" w:rsidR="009D6E8A" w:rsidRPr="00190B67" w:rsidRDefault="009D6E8A" w:rsidP="001C1052">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190B67">
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
         <w:t>Level of Responsibility/Direction and Supervision</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72432785" w14:textId="736C3EC4" w:rsidR="00D2771F" w:rsidRPr="00C7082C" w:rsidRDefault="00C7082C" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
@@ -1071,51 +1109,69 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="227"/>
           <w:tab w:val="clear" w:pos="454"/>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="clear" w:pos="907"/>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="clear" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F0954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Provide quality customer service and support to clients of Libraries Tasmania in order to meet their educational, information, cultural and recreational needs and agreed service standards.</w:t>
+        <w:t xml:space="preserve">Provide quality customer service and support to clients of Libraries Tasmania </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F0954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F0954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet their educational, information, cultural and recreational needs and agreed service standards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B272035" w14:textId="77777777" w:rsidR="005C514C" w:rsidRPr="002F0954" w:rsidRDefault="005C514C" w:rsidP="00B57630">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="227"/>
           <w:tab w:val="clear" w:pos="454"/>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="clear" w:pos="907"/>
           <w:tab w:val="clear" w:pos="1134"/>
           <w:tab w:val="clear" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1776,51 +1832,71 @@
       </w:pPr>
       <w:r w:rsidRPr="00190B67">
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
         <w:t>Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B76400B" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00B732A4" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:color w:val="011947"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk119596995"/>
       <w:r w:rsidRPr="000D7012">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Registration/licences that are essential requirements of this role must remain current and valid at all times </w:t>
+        <w:t xml:space="preserve">Registration/licences that are essential requirements of this role must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D7012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>remain current and valid at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D7012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E8310E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">whilst employed and the status of these may be checked at any time during employment. </w:t>
       </w:r>
       <w:r w:rsidRPr="000D7012">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>It is the employee’s responsibility to advise the Department if there is any change to the status of a registration/licence. This includes notifying the Department of any new criminal charges or convictions and/or if a registration/licence is revoked, cancelled or has conditions applied.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DECYPPlainHR"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -2065,51 +2141,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We bring our values to life through our everyday behaviours and actions. We want to attract, recruit and retain people who uphold these values and are committed to building a strong values-based culture.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06ADF2B7" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Our Department is committed to building inclusive workplaces and a workforce that reflects the diversity of the community we serve. We do this through a culture that ensures everyone is respected, and has equal access to opportunities and resources. We recognise and respect individual differences as well as people’s career path, life experiences and education, and we value how these differences can have a positive influence on problem solving, team dynamics and decision making within our organisation.</w:t>
+        <w:t xml:space="preserve">Our Department is committed to building inclusive workplaces and a workforce that reflects the diversity of the community we serve. We do this through a culture that ensures everyone is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>respected, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has equal access to opportunities and resources. We recognise and respect individual differences as well as people’s career path, life experiences and education, and we value how these differences can have a positive influence on problem solving, team dynamics and decision making within our organisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A45084E" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="13847218">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We are committed to providing a safe workplace for all employees and have zero tolerance to all forms of violence, including child abuse and harm. The Department is a smoke-free work environment, and smoking is prohibited in all State Government workplaces, including vehicles and vessels.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="255C9086" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00CA664C" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2239,164 +2331,165 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>State Service Principles</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA664C">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA664C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All employees must read these and ensure they understand their responsibilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71ADF0EC" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00B732A4" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
+    <w:p w14:paraId="0D380BC5" w14:textId="61B61C4B" w:rsidR="00EF1CF2" w:rsidRDefault="00D2771F" w:rsidP="00EF1CF2">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA664C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All employees are expected to utilise information management systems in a responsible manner in line with the DECYP Condition of Use policy statement located at </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00CA664C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Department f</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>or</w:t>
         </w:r>
         <w:r w:rsidRPr="00CA664C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> Education, Children And Young People: Information technology policies</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00EF1CF2">
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0D380BC5" w14:textId="77777777" w:rsidR="00D538F7" w:rsidRDefault="00D538F7" w:rsidP="001C1052">
+    <w:p w14:paraId="390080C0" w14:textId="6E820649" w:rsidR="00D2771F" w:rsidRPr="00B732A4" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00B732A4">
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Commitment to Children and Young People</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635818B2" w14:textId="77777777" w:rsidR="007773F9" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA664C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA664C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>epartment built entirely for children</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA664C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>young people and their communities. Our ultimate goal is to work together to ensure that every child and young person in Tasmania is known, safe, well and learning. The child is at the centre of everything we do, and the way we do it.</w:t>
+        <w:t xml:space="preserve">young people and their communities. Our </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA664C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ultimate goal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA664C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to work together to ensure that every child and young person in Tasmania is known, safe, well and learning. The child is at the centre of everything we do, and the way we do it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45B8416D" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00B732A4" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B732A4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Department is committed to</w:t>
       </w:r>
       <w:r w:rsidRPr="13847218">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> providing a culturally safe environment which upholds</w:t>
       </w:r>
       <w:r w:rsidRPr="00B732A4">
@@ -2680,70 +2773,70 @@
     <w:p w14:paraId="7B16BFC7" w14:textId="77777777" w:rsidR="00BF7FC7" w:rsidRPr="00BF7FC7" w:rsidRDefault="00BF7FC7" w:rsidP="001C1052">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3826"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BF7FC7" w:rsidRPr="00BF7FC7" w:rsidSect="00A26A93">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C38259D" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F" w:rsidP="0021185D">
+    <w:p w14:paraId="7F2019A8" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7107E8BA" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F"/>
+    <w:p w14:paraId="0D85495B" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32EEDE7A" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F" w:rsidP="0021185D">
+    <w:p w14:paraId="5846E556" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D9C2B1" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F"/>
+    <w:p w14:paraId="32D8FDD1" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -2963,70 +3056,70 @@
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Department for Education, </w:t>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:br/>
       <w:t>Children and Young People</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73A864F4" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F" w:rsidP="0021185D">
+    <w:p w14:paraId="41B35B6B" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E35E0E0" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F"/>
+    <w:p w14:paraId="18C6F4C9" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78B28600" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F" w:rsidP="0021185D">
+    <w:p w14:paraId="388CA84A" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73CBACDA" w14:textId="77777777" w:rsidR="0020447F" w:rsidRDefault="0020447F"/>
+    <w:p w14:paraId="0720FC79" w14:textId="77777777" w:rsidR="000D34DD" w:rsidRDefault="000D34DD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2685C43E" w14:textId="77777777" w:rsidR="007773F9" w:rsidRDefault="007773F9" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="IntroParagraph"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="74C637D7" w14:textId="77777777" w:rsidR="007773F9" w:rsidRDefault="007773F9" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="IntroParagraph"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="73593195" w14:textId="77777777" w:rsidR="00F52F3C" w:rsidRPr="007773F9" w:rsidRDefault="007773F9" w:rsidP="00A26A93">
@@ -7105,85 +7198,86 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1836727596">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="61105151">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="281304752">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1222055391">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1579637143">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F774CE"/>
     <w:rsid w:val="0003097B"/>
     <w:rsid w:val="00043BD2"/>
     <w:rsid w:val="000472B2"/>
     <w:rsid w:val="00054DAF"/>
     <w:rsid w:val="00060B8A"/>
     <w:rsid w:val="00075F1C"/>
     <w:rsid w:val="00083CA6"/>
     <w:rsid w:val="00083EED"/>
     <w:rsid w:val="000A6D2A"/>
     <w:rsid w:val="000B12D1"/>
+    <w:rsid w:val="000D34DD"/>
     <w:rsid w:val="000E161A"/>
     <w:rsid w:val="000F44F6"/>
     <w:rsid w:val="00102213"/>
     <w:rsid w:val="00117D4C"/>
     <w:rsid w:val="001305A1"/>
     <w:rsid w:val="00133A95"/>
     <w:rsid w:val="00135A0B"/>
     <w:rsid w:val="001543EA"/>
     <w:rsid w:val="0016296A"/>
     <w:rsid w:val="00163800"/>
     <w:rsid w:val="00167EA1"/>
     <w:rsid w:val="0017164A"/>
     <w:rsid w:val="001733FD"/>
     <w:rsid w:val="0019596D"/>
     <w:rsid w:val="001A3B3F"/>
     <w:rsid w:val="001A4CB2"/>
     <w:rsid w:val="001C1052"/>
     <w:rsid w:val="001E7F11"/>
     <w:rsid w:val="00200C4A"/>
     <w:rsid w:val="0020447F"/>
     <w:rsid w:val="0021185D"/>
     <w:rsid w:val="00216D6E"/>
     <w:rsid w:val="002229B6"/>
     <w:rsid w:val="002259C4"/>
     <w:rsid w:val="002550C7"/>
@@ -7236,50 +7330,51 @@
     <w:rsid w:val="005816FC"/>
     <w:rsid w:val="005836DC"/>
     <w:rsid w:val="0058395F"/>
     <w:rsid w:val="00585028"/>
     <w:rsid w:val="005C26ED"/>
     <w:rsid w:val="005C514C"/>
     <w:rsid w:val="005D5FDB"/>
     <w:rsid w:val="005E5F72"/>
     <w:rsid w:val="005F0AB1"/>
     <w:rsid w:val="00611319"/>
     <w:rsid w:val="00611AD3"/>
     <w:rsid w:val="00620233"/>
     <w:rsid w:val="006458C0"/>
     <w:rsid w:val="00680938"/>
     <w:rsid w:val="00697DE2"/>
     <w:rsid w:val="006C2F21"/>
     <w:rsid w:val="006D4872"/>
     <w:rsid w:val="006D7008"/>
     <w:rsid w:val="006D7169"/>
     <w:rsid w:val="006E7034"/>
     <w:rsid w:val="007260EA"/>
     <w:rsid w:val="0073162E"/>
     <w:rsid w:val="00736B55"/>
     <w:rsid w:val="0074012F"/>
     <w:rsid w:val="0074212D"/>
+    <w:rsid w:val="0076661D"/>
     <w:rsid w:val="00772F50"/>
     <w:rsid w:val="00773550"/>
     <w:rsid w:val="007773F9"/>
     <w:rsid w:val="00792193"/>
     <w:rsid w:val="007A6C0F"/>
     <w:rsid w:val="007B624D"/>
     <w:rsid w:val="007B689E"/>
     <w:rsid w:val="007B7B9D"/>
     <w:rsid w:val="007C64D9"/>
     <w:rsid w:val="007D126B"/>
     <w:rsid w:val="00824815"/>
     <w:rsid w:val="0082660F"/>
     <w:rsid w:val="00832C37"/>
     <w:rsid w:val="00853810"/>
     <w:rsid w:val="0086173D"/>
     <w:rsid w:val="00867075"/>
     <w:rsid w:val="008929BA"/>
     <w:rsid w:val="008A4A15"/>
     <w:rsid w:val="008C241C"/>
     <w:rsid w:val="008E08BD"/>
     <w:rsid w:val="008E4295"/>
     <w:rsid w:val="008E504D"/>
     <w:rsid w:val="008F2FCD"/>
     <w:rsid w:val="009135F2"/>
     <w:rsid w:val="00935713"/>
@@ -7370,50 +7465,51 @@
     <w:rsid w:val="00D70A45"/>
     <w:rsid w:val="00D82155"/>
     <w:rsid w:val="00D963D0"/>
     <w:rsid w:val="00D965A0"/>
     <w:rsid w:val="00DB369F"/>
     <w:rsid w:val="00DD7B0A"/>
     <w:rsid w:val="00DE5CC9"/>
     <w:rsid w:val="00E069E9"/>
     <w:rsid w:val="00E14C45"/>
     <w:rsid w:val="00E15432"/>
     <w:rsid w:val="00E25C7B"/>
     <w:rsid w:val="00E3103F"/>
     <w:rsid w:val="00E36F56"/>
     <w:rsid w:val="00E441F1"/>
     <w:rsid w:val="00E50FF8"/>
     <w:rsid w:val="00E61456"/>
     <w:rsid w:val="00E7126F"/>
     <w:rsid w:val="00E8310E"/>
     <w:rsid w:val="00E8482A"/>
     <w:rsid w:val="00E92BDF"/>
     <w:rsid w:val="00E9525A"/>
     <w:rsid w:val="00EC7BED"/>
     <w:rsid w:val="00ED479E"/>
     <w:rsid w:val="00EE2CB4"/>
     <w:rsid w:val="00EF0022"/>
+    <w:rsid w:val="00EF1CF2"/>
     <w:rsid w:val="00F000B3"/>
     <w:rsid w:val="00F00402"/>
     <w:rsid w:val="00F00C5A"/>
     <w:rsid w:val="00F25D12"/>
     <w:rsid w:val="00F32565"/>
     <w:rsid w:val="00F455FB"/>
     <w:rsid w:val="00F52F3C"/>
     <w:rsid w:val="00F774CE"/>
     <w:rsid w:val="00F87EB5"/>
     <w:rsid w:val="00FA4EDE"/>
     <w:rsid w:val="00FC6165"/>
     <w:rsid w:val="00FE016D"/>
     <w:rsid w:val="00FF1431"/>
     <w:rsid w:val="00FF5808"/>
     <w:rsid w:val="00FF63FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -10037,140 +10133,140 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9F360C71063C4F61A8D2BDAA14DCD6C3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E0803665-2150-4053-A698-5A481F4E6FB4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+        <w:p w:rsidR="005B670A" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="9F360C71063C4F61A8D2BDAA14DCD6C3"/>
           </w:pPr>
           <w:r w:rsidRPr="00370966">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Title]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F22350A2F3C840419FBBB99D349DACAD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DDD53071-DDA2-4E9F-8D0A-6A27B7F9E87D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+        <w:p w:rsidR="005B670A" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="F22350A2F3C840419FBBB99D349DACAD"/>
           </w:pPr>
           <w:r w:rsidRPr="004D2F28">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6BE2CD0F29224058915966D3B8779F09"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B697B578-6E3B-46C0-9E6F-29BE9D6DD1FD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+        <w:p w:rsidR="005B670A" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="6BE2CD0F29224058915966D3B8779F09"/>
           </w:pPr>
           <w:r w:rsidRPr="00BF7FC7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5078EAD0CFC94EF1B3DF6C53E29BC5BB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{28E18FB1-8540-4D11-8E7A-9DEBC30E1F47}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00000000">
+        <w:p w:rsidR="005B670A" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="5078EAD0CFC94EF1B3DF6C53E29BC5BB"/>
           </w:pPr>
           <w:r w:rsidRPr="00BF7FC7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -10278,51 +10374,54 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006742D6"/>
     <w:rsid w:val="00102213"/>
     <w:rsid w:val="001B43D5"/>
+    <w:rsid w:val="00494A30"/>
+    <w:rsid w:val="005B670A"/>
     <w:rsid w:val="006742D6"/>
+    <w:rsid w:val="0076661D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -10747,61 +10846,52 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F360C71063C4F61A8D2BDAA14DCD6C3">
     <w:name w:val="9F360C71063C4F61A8D2BDAA14DCD6C3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F22350A2F3C840419FBBB99D349DACAD">
     <w:name w:val="F22350A2F3C840419FBBB99D349DACAD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BE2CD0F29224058915966D3B8779F09">
     <w:name w:val="6BE2CD0F29224058915966D3B8779F09"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54ABB782ED1B425CA33F72E21F5B819A">
-[...1 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5078EAD0CFC94EF1B3DF6C53E29BC5BB">
     <w:name w:val="5078EAD0CFC94EF1B3DF6C53E29BC5BB"/>
-  </w:style>
-[...4 lines deleted...]
-    <w:name w:val="8E3CD9E500E146E59E0814AA24D113D8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="DECYP 2023">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="001947"/>
       </a:dk2>
       <a:lt2>
@@ -11047,63 +11137,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2d64ee2f-da05-46fd-962f-fa029d0171cb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f480d145-b21c-419a-8200-9f635e7e585b" xsi:nil="true"/>
+    <Image xmlns="2d64ee2f-da05-46fd-962f-fa029d0171cb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006C361CD88EE4CD41967925F67FABBAE9" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0501f6e31248bd895a545efba789e80f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2d64ee2f-da05-46fd-962f-fa029d0171cb" xmlns:ns3="f480d145-b21c-419a-8200-9f635e7e585b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4920e218f030ae8a2013e94a8da5425a" ns2:_="" ns3:_="">
     <xsd:import namespace="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
     <xsd:import namespace="f480d145-b21c-419a-8200-9f635e7e585b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Image" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -11288,139 +11390,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57772CBF-223C-4949-9DFF-89402CD8698D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1E74273-09C4-7B4E-9D65-F6E4262256F2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57772CBF-223C-4949-9DFF-89402CD8698D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD0555F-144B-4D7D-9A4E-EABAE03767DB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
+    <ds:schemaRef ds:uri="f480d145-b21c-419a-8200-9f635e7e585b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08031B8E-D2AE-4989-B660-2FA19D2C43C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
     <ds:schemaRef ds:uri="f480d145-b21c-419a-8200-9f635e7e585b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Statements of Duties Template 2025</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1554</Words>
-  <Characters>8598</Characters>
+  <Words>1448</Words>
+  <Characters>8703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>153</Lines>
+  <Lines>170</Lines>
   <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Position Title</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Tasmanian Government - Department for Education, Children and Young People</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10069</CharactersWithSpaces>
+  <CharactersWithSpaces>10068</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Library Services Officer</dc:title>
   <dc:subject/>
   <dc:creator>Lovell, Bradie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>