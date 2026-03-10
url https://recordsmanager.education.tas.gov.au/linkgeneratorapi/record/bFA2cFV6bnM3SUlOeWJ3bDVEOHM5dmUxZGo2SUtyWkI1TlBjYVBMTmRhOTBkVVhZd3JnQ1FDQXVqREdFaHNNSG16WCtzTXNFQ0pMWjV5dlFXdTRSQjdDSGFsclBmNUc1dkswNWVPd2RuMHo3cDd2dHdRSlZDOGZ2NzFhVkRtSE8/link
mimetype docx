--- v0 (2025-10-25)
+++ v1 (2026-03-10)
@@ -32,51 +32,50 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="001947" w:themeColor="accent6"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="1716622775"/>
         <w:placeholder>
           <w:docPart w:val="160EFED02A654F7E86A56C2ADD3B186D"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4652245F" w14:textId="2DDDE755" w:rsidR="009D6E8A" w:rsidRPr="00274CC1" w:rsidRDefault="00D07D8F" w:rsidP="001C1052">
           <w:pPr>
             <w:pStyle w:val="Title"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:color w:val="001947" w:themeColor="accent6"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="001947" w:themeColor="accent6"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:t>Social Worker</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="0" w:name="_Toc503689211" w:displacedByCustomXml="prev"/>
     <w:tbl>
       <w:tblPr>
@@ -221,51 +220,50 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1794978893"/>
             <w:placeholder>
               <w:docPart w:val="4959F45925F84DDA95FB6E20C38A9F61"/>
             </w:placeholder>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Business Operations and Support" w:value="Business Operations and Support"/>
               <w:listItem w:displayText="Child Safety and Youth Justice Operations" w:value="Child Safety and Youth Justice Operations"/>
               <w:listItem w:displayText="Continuous Improvement and Evaluation" w:value="Continuous Improvement and Evaluation"/>
               <w:listItem w:displayText="Development and Support" w:value="Development and Support"/>
               <w:listItem w:displayText="Education Regulation" w:value="Education Regulation"/>
               <w:listItem w:displayText="Keeping Children Safe" w:value="Keeping Children Safe"/>
               <w:listItem w:displayText="Office of the Secretary" w:value="Office of the Secretary"/>
               <w:listItem w:displayText="Schools and Early Years" w:value="Schools and Early Years"/>
               <w:listItem w:displayText="Services for Youth Justice" w:value="Services for Youth Justice"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6540" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="1F852741" w14:textId="049FF58B" w:rsidR="00D2771F" w:rsidRPr="00D07D8F" w:rsidRDefault="00D07D8F" w:rsidP="001C1052">
                 <w:pPr>
                   <w:pStyle w:val="TableBodyText"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D07D8F">
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Schools and Early Years</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -571,91 +569,86 @@
             <w:tcW w:w="3152" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74E46732" w14:textId="77777777" w:rsidR="009D6E8A" w:rsidRPr="00D603EF" w:rsidRDefault="009D6E8A" w:rsidP="001C1052">
             <w:pPr>
               <w:pStyle w:val="TableBodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D603EF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Employment Conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8C923D" w14:textId="6EC5CCC6" w:rsidR="00D07D8F" w:rsidRPr="00D07D8F" w:rsidRDefault="008E5282" w:rsidP="00D07D8F">
+          <w:p w14:paraId="1F8C923D" w14:textId="6EC5CCC6" w:rsidR="00D07D8F" w:rsidRPr="00D07D8F" w:rsidRDefault="00000000" w:rsidP="00D07D8F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="86980238"/>
                 <w:placeholder>
                   <w:docPart w:val="A350A4ADCCBF434DB06BEB6662BE0A27"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Choose an Item" w:value="Choose an Item"/>
                   <w:listItem w:displayText="Casual" w:value="Casual"/>
                   <w:listItem w:displayText="Fixed-term/Casual, Full-time/Part-time/Casual" w:value="Fixed-term/Casual, Full-time/Part-time/Casual"/>
                   <w:listItem w:displayText="Fixed-term, Full-time" w:value="Fixed-term, Full-time"/>
                   <w:listItem w:displayText="Fixed-term, Full-time/Part-time" w:value="Fixed-term, Full-time/Part-time"/>
                   <w:listItem w:displayText="Fixed-term, Part-time" w:value="Fixed-term, Part-time"/>
                   <w:listItem w:displayText="Permanent/Casual, Full-time/Part-time/Casual" w:value="Permanent/Casual, Full-time/Part-time/Casual"/>
                   <w:listItem w:displayText="Permanent/Fixed-term/Casual, Full-time/Part-time/Casual" w:value="Permanent/Fixed-term/Casual, Full-time/Part-time/Casual"/>
                   <w:listItem w:displayText="Permanent/Fixed-term, Full-time/Part-time" w:value="Permanent/Fixed-term, Full-time/Part-time"/>
                   <w:listItem w:displayText="Permanent, Full-time" w:value="Permanent, Full-time"/>
                   <w:listItem w:displayText="Permanent, Full-time/Part-time" w:value="Permanent, Full-time/Part-time"/>
                   <w:listItem w:displayText="Permanent, Part-time" w:value="Permanent, Part-time"/>
                   <w:listItem w:displayText="Fixed-term/Permanent, Part-Time" w:value="Fixed-term/Permanent, Part-Time"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D07D8F" w:rsidRPr="00D07D8F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Permanent/Fixed-term, Full-time/Part-time</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D07D8F" w:rsidRPr="00D07D8F">
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00D07D8F" w:rsidRPr="00D07D8F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1776,152 +1769,187 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="168"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B732A4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Current Tasmanian Registration to Work with Vulnerable People (Registration Status – Employment)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="232D8763" w14:textId="1E9D7E51" w:rsidR="00D2771F" w:rsidRPr="0095555E" w:rsidRDefault="0095555E" w:rsidP="0095555E">
+          <w:p w14:paraId="232D8763" w14:textId="777E39FC" w:rsidR="00D2771F" w:rsidRPr="0095555E" w:rsidRDefault="0095555E" w:rsidP="0095555E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="168"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="ED7D31"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6ABF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Tertiary qualification/program of study accredited by the Australian Association of Social Workers (AASW) and is a full member of AASW or is eligible for membership with the AASW.</w:t>
+              <w:t>Tertiary qualification/program of study accredited by the Australian Association of Social Workers (AASW)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A50A7">
+            <w:r w:rsidR="007678B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:color w:val="ED7D31"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2771F" w14:paraId="1C0A749B" w14:textId="77777777" w:rsidTr="00D2771F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1875" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FBEBAA2" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00A65F3B" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65F3B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Desirable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF6D9B2" w14:textId="07113F53" w:rsidR="00D2771F" w:rsidRPr="00C13D8F" w:rsidRDefault="0095555E" w:rsidP="001C1052">
+          <w:p w14:paraId="7278F012" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="007678B5" w:rsidRDefault="0095555E" w:rsidP="001C1052">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="454"/>
                 <w:tab w:val="clear" w:pos="680"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="429" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F2B96">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A current driver's licence.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5FF6D9B2" w14:textId="3F65A762" w:rsidR="007678B5" w:rsidRPr="00C13D8F" w:rsidRDefault="007678B5" w:rsidP="001C1052">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="454"/>
+                <w:tab w:val="clear" w:pos="680"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="429" w:hanging="567"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D6ABF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> full member of AASW or is eligible for membership with the AASW.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="58282A36" w14:textId="77777777" w:rsidR="00D2771F" w:rsidRPr="00B732A4" w:rsidRDefault="00D2771F" w:rsidP="001C1052">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimHei"/>
           <w:color w:val="011947"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190B67">
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Working within the Department </w:t>
       </w:r>
       <w:r w:rsidRPr="00611319">
         <w:rPr>
           <w:color w:val="011947"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="00190B67">
         <w:rPr>
@@ -2756,117 +2784,117 @@
     <w:p w14:paraId="5740B1B5" w14:textId="77777777" w:rsidR="00BF7FC7" w:rsidRPr="00BF7FC7" w:rsidRDefault="00BF7FC7" w:rsidP="001C1052">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3826"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BF7FC7" w:rsidRPr="00BF7FC7" w:rsidSect="00A26A93">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0074F383" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F" w:rsidP="0021185D">
+    <w:p w14:paraId="3832B4E3" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21AEA4E9" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F"/>
+    <w:p w14:paraId="0C523904" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B497DD2" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F" w:rsidP="0021185D">
+    <w:p w14:paraId="5174E7AC" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6CC40B" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F"/>
+    <w:p w14:paraId="0CE89DFC" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
@@ -3039,70 +3067,70 @@
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Department for Education, </w:t>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:br/>
       <w:t>Children and Young People</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BB9EF79" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F" w:rsidP="0021185D">
+    <w:p w14:paraId="632C6DC1" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4724A56F" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F"/>
+    <w:p w14:paraId="3A7B73C8" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CC73366" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F" w:rsidP="0021185D">
+    <w:p w14:paraId="324F3C0F" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610BB5A8" w14:textId="77777777" w:rsidR="00D07D8F" w:rsidRDefault="00D07D8F"/>
+    <w:p w14:paraId="24BFCEBD" w14:textId="77777777" w:rsidR="00144FFA" w:rsidRDefault="00144FFA"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D6B685D" w14:textId="77777777" w:rsidR="007773F9" w:rsidRDefault="007773F9" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="IntroParagraph"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4C8FBA9C" w14:textId="77777777" w:rsidR="007773F9" w:rsidRDefault="007773F9" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="IntroParagraph"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="40F6D235" w14:textId="77777777" w:rsidR="00F52F3C" w:rsidRPr="007773F9" w:rsidRDefault="007773F9" w:rsidP="00A26A93">
@@ -7182,88 +7210,88 @@
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1836727596">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="61105151">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="281304752">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1222055391">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1579637143">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D07D8F"/>
     <w:rsid w:val="0003097B"/>
     <w:rsid w:val="00043BD2"/>
     <w:rsid w:val="00054DAF"/>
     <w:rsid w:val="00060B8A"/>
     <w:rsid w:val="00075F1C"/>
     <w:rsid w:val="00083CA6"/>
     <w:rsid w:val="00083EED"/>
     <w:rsid w:val="000A6D2A"/>
     <w:rsid w:val="000B12D1"/>
     <w:rsid w:val="000E161A"/>
     <w:rsid w:val="000F44F6"/>
     <w:rsid w:val="00117D4C"/>
     <w:rsid w:val="001305A1"/>
     <w:rsid w:val="00133A95"/>
+    <w:rsid w:val="00144FFA"/>
     <w:rsid w:val="001543EA"/>
     <w:rsid w:val="0016296A"/>
     <w:rsid w:val="00163800"/>
     <w:rsid w:val="00167EA1"/>
     <w:rsid w:val="0017164A"/>
     <w:rsid w:val="001733FD"/>
     <w:rsid w:val="0019596D"/>
     <w:rsid w:val="001A3B3F"/>
     <w:rsid w:val="001A4CB2"/>
     <w:rsid w:val="001C1052"/>
     <w:rsid w:val="001E7F11"/>
     <w:rsid w:val="00200C4A"/>
     <w:rsid w:val="0021185D"/>
     <w:rsid w:val="00216D6E"/>
     <w:rsid w:val="002229B6"/>
     <w:rsid w:val="002550C7"/>
     <w:rsid w:val="00256B79"/>
     <w:rsid w:val="00264614"/>
     <w:rsid w:val="0027130E"/>
     <w:rsid w:val="00274CC1"/>
     <w:rsid w:val="00280ED9"/>
     <w:rsid w:val="002A609F"/>
     <w:rsid w:val="002C1C14"/>
     <w:rsid w:val="002C2248"/>
     <w:rsid w:val="002C5E53"/>
@@ -7306,50 +7334,51 @@
     <w:rsid w:val="005809C1"/>
     <w:rsid w:val="005816FC"/>
     <w:rsid w:val="005836DC"/>
     <w:rsid w:val="0058395F"/>
     <w:rsid w:val="00585028"/>
     <w:rsid w:val="005B75DC"/>
     <w:rsid w:val="005C26ED"/>
     <w:rsid w:val="005E5F72"/>
     <w:rsid w:val="005F0AB1"/>
     <w:rsid w:val="00611319"/>
     <w:rsid w:val="00611AD3"/>
     <w:rsid w:val="00620233"/>
     <w:rsid w:val="006458C0"/>
     <w:rsid w:val="00680938"/>
     <w:rsid w:val="00697DE2"/>
     <w:rsid w:val="006C2F21"/>
     <w:rsid w:val="006D4872"/>
     <w:rsid w:val="006D7008"/>
     <w:rsid w:val="006D7169"/>
     <w:rsid w:val="006E7034"/>
     <w:rsid w:val="007260EA"/>
     <w:rsid w:val="0073162E"/>
     <w:rsid w:val="00736B55"/>
     <w:rsid w:val="0074012F"/>
     <w:rsid w:val="0074212D"/>
+    <w:rsid w:val="007678B5"/>
     <w:rsid w:val="00772F50"/>
     <w:rsid w:val="00773550"/>
     <w:rsid w:val="007773F9"/>
     <w:rsid w:val="00792193"/>
     <w:rsid w:val="007A6C0F"/>
     <w:rsid w:val="007B624D"/>
     <w:rsid w:val="007B689E"/>
     <w:rsid w:val="007B7B9D"/>
     <w:rsid w:val="007C64D9"/>
     <w:rsid w:val="007D126B"/>
     <w:rsid w:val="0082660F"/>
     <w:rsid w:val="00832C37"/>
     <w:rsid w:val="00853810"/>
     <w:rsid w:val="0086173D"/>
     <w:rsid w:val="00867075"/>
     <w:rsid w:val="008929BA"/>
     <w:rsid w:val="008A4A15"/>
     <w:rsid w:val="008C241C"/>
     <w:rsid w:val="008E08BD"/>
     <w:rsid w:val="008E4295"/>
     <w:rsid w:val="008E504D"/>
     <w:rsid w:val="008E5282"/>
     <w:rsid w:val="008F2FCD"/>
     <w:rsid w:val="009135F2"/>
     <w:rsid w:val="00935713"/>
@@ -7406,50 +7435,51 @@
     <w:rsid w:val="00C200D1"/>
     <w:rsid w:val="00C247A8"/>
     <w:rsid w:val="00C35A22"/>
     <w:rsid w:val="00C41DB7"/>
     <w:rsid w:val="00C42925"/>
     <w:rsid w:val="00C44AA7"/>
     <w:rsid w:val="00C4706C"/>
     <w:rsid w:val="00C5488F"/>
     <w:rsid w:val="00C673DA"/>
     <w:rsid w:val="00C74145"/>
     <w:rsid w:val="00C8261F"/>
     <w:rsid w:val="00C8792B"/>
     <w:rsid w:val="00CC067E"/>
     <w:rsid w:val="00CC4248"/>
     <w:rsid w:val="00CD2F65"/>
     <w:rsid w:val="00CE3DB6"/>
     <w:rsid w:val="00CF1D18"/>
     <w:rsid w:val="00D06C44"/>
     <w:rsid w:val="00D07D8F"/>
     <w:rsid w:val="00D21B73"/>
     <w:rsid w:val="00D26002"/>
     <w:rsid w:val="00D2771F"/>
     <w:rsid w:val="00D377F8"/>
     <w:rsid w:val="00D42731"/>
     <w:rsid w:val="00D44AA7"/>
+    <w:rsid w:val="00D52F49"/>
     <w:rsid w:val="00D5450E"/>
     <w:rsid w:val="00D603EF"/>
     <w:rsid w:val="00D70A45"/>
     <w:rsid w:val="00D82155"/>
     <w:rsid w:val="00D963D0"/>
     <w:rsid w:val="00D965A0"/>
     <w:rsid w:val="00DB369F"/>
     <w:rsid w:val="00DD7B0A"/>
     <w:rsid w:val="00DE5CC9"/>
     <w:rsid w:val="00E069E9"/>
     <w:rsid w:val="00E14C45"/>
     <w:rsid w:val="00E15432"/>
     <w:rsid w:val="00E25C7B"/>
     <w:rsid w:val="00E3103F"/>
     <w:rsid w:val="00E36F56"/>
     <w:rsid w:val="00E441F1"/>
     <w:rsid w:val="00E50FF8"/>
     <w:rsid w:val="00E61456"/>
     <w:rsid w:val="00E7126F"/>
     <w:rsid w:val="00E8310E"/>
     <w:rsid w:val="00E8482A"/>
     <w:rsid w:val="00E92BDF"/>
     <w:rsid w:val="00E9525A"/>
     <w:rsid w:val="00EC7BED"/>
     <w:rsid w:val="00EE2CB4"/>
@@ -10069,54 +10099,50 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.tas.gov.au/documentcentre/Documents/Conditions-of-Use-Policy-for-All-Users-of-Information-and-Communication-Technology.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpac.tas.gov.au/divisions/ssmo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="160EFED02A654F7E86A56C2ADD3B186D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D6D84D60-0E32-4B9C-AB1E-5A4F469A1730}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007F701E" w:rsidRDefault="007F701E">
           <w:pPr>
@@ -10256,51 +10282,51 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
@@ -10348,52 +10374,54 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F701E"/>
     <w:rsid w:val="00047838"/>
     <w:rsid w:val="007F701E"/>
+    <w:rsid w:val="008D47D9"/>
     <w:rsid w:val="00A63CB2"/>
     <w:rsid w:val="00AE5D6D"/>
+    <w:rsid w:val="00D52F49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -10816,53 +10844,50 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00047838"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="160EFED02A654F7E86A56C2ADD3B186D">
     <w:name w:val="160EFED02A654F7E86A56C2ADD3B186D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4959F45925F84DDA95FB6E20C38A9F61">
     <w:name w:val="4959F45925F84DDA95FB6E20C38A9F61"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7530E83EFBC442B3A4CF0BC8D5753CD5">
-[...1 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A350A4ADCCBF434DB06BEB6662BE0A27">
     <w:name w:val="A350A4ADCCBF434DB06BEB6662BE0A27"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="62E4BFF91C984F96AFE85BC6EADDEC1E">
     <w:name w:val="62E4BFF91C984F96AFE85BC6EADDEC1E"/>
     <w:rsid w:val="00047838"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="DECYP 2023">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
@@ -11114,59 +11139,66 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2d64ee2f-da05-46fd-962f-fa029d0171cb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f480d145-b21c-419a-8200-9f635e7e585b" xsi:nil="true"/>
+    <Image xmlns="2d64ee2f-da05-46fd-962f-fa029d0171cb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006C361CD88EE4CD41967925F67FABBAE9" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0501f6e31248bd895a545efba789e80f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2d64ee2f-da05-46fd-962f-fa029d0171cb" xmlns:ns3="f480d145-b21c-419a-8200-9f635e7e585b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4920e218f030ae8a2013e94a8da5425a" ns2:_="" ns3:_="">
     <xsd:import namespace="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
     <xsd:import namespace="f480d145-b21c-419a-8200-9f635e7e585b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Image" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -11351,143 +11383,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57772CBF-223C-4949-9DFF-89402CD8698D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1E74273-09C4-7B4E-9D65-F6E4262256F2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD0555F-144B-4D7D-9A4E-EABAE03767DB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
+    <ds:schemaRef ds:uri="f480d145-b21c-419a-8200-9f635e7e585b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08031B8E-D2AE-4989-B660-2FA19D2C43C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2d64ee2f-da05-46fd-962f-fa029d0171cb"/>
     <ds:schemaRef ds:uri="f480d145-b21c-419a-8200-9f635e7e585b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD0555F-144B-4D7D-9A4E-EABAE03767DB}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57772CBF-223C-4949-9DFF-89402CD8698D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Statements of Duties Template 2025</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1492</Words>
-  <Characters>8507</Characters>
+  <Words>1475</Words>
+  <Characters>8517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>160</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Position Title</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Tasmanian Government - Department for Education, Children and Young People</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9980</CharactersWithSpaces>
+  <CharactersWithSpaces>9900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Social Worker</dc:title>
   <dc:subject/>
   <dc:creator>Wieseler, Chantal</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>